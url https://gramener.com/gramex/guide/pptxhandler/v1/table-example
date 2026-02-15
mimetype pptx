--- v0 (2025-10-13)
+++ v1 (2026-02-15)
@@ -7314,443 +7314,443 @@
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr/>
                         <a:t>Growth</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1781529629"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="346530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="0" u="none" b="0"/>
+                        <a:rPr sz="1102" u="none" b="0" i="0"/>
                         <a:t>Media</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-IN" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>100</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="FCA082"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>80</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="05712F"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="DFECF7"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3470712367"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="346530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="0" u="none" b="0"/>
+                        <a:rPr sz="1102" u="none" b="0" i="0"/>
                         <a:t>Pharmaceutical</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>50</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="FFF5F0"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>20</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="F7FCF5"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="8FC2DE"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="346530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="0" u="none" b="0"/>
+                        <a:rPr sz="1102" u="none" b="0" i="0"/>
                         <a:t>Banking</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>75</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="FDD4C2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>30</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="E1F3DC"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>20</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="08306B"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="346530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="0" u="none" b="0"/>
+                        <a:rPr sz="1102" u="none" b="0" i="0"/>
                         <a:t>Government</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>200</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="67000D"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>90</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="00441B"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="F7FBFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="346530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="0" u="none" b="0"/>
+                        <a:rPr sz="1102" u="none" b="0" i="0"/>
                         <a:t>FMCG</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>120</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="FB7555"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>55</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="73C476"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr sz="1102" i="1" u="sng">
+                        <a:rPr sz="1102" u="sng" i="1">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="B8D5EA"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3209494671"/>
       </p:ext>
     </p:extLst>